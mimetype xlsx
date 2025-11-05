--- v0 (2025-10-13)
+++ v1 (2025-11-05)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2025-10-13 03:48:22</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2025-10-13 03:48:22)</dc:description>
+  <dc:title>Literature Export 2025-11-05 08:09:13</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2025-11-05 08:09:13)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>