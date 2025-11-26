--- v1 (2025-11-05)
+++ v2 (2025-11-26)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2025-11-05 08:09:13</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2025-11-05 08:09:13)</dc:description>
+  <dc:title>Literature Export 2025-11-26 03:20:04</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2025-11-26 03:20:04)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>