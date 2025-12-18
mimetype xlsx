--- v2 (2025-11-26)
+++ v3 (2025-12-18)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2025-11-26 03:20:04</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2025-11-26 03:20:04)</dc:description>
+  <dc:title>Literature Export 2025-12-18 06:45:27</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2025-12-18 06:45:27)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>