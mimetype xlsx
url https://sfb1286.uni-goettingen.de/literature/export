--- v3 (2025-12-18)
+++ v4 (2026-01-07)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2025-12-18 06:45:27</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2025-12-18 06:45:27)</dc:description>
+  <dc:title>Literature Export 2026-01-07 18:03:57</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-01-07 18:03:57)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>