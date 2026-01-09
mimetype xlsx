--- v4 (2026-01-07)
+++ v5 (2026-01-09)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2026-01-07 18:03:57</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2026-01-07 18:03:57)</dc:description>
+  <dc:title>Literature Export 2026-01-09 14:20:41</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-01-09 14:20:41)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>