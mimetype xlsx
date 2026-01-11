--- v5 (2026-01-09)
+++ v6 (2026-01-11)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2026-01-09 14:20:41</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2026-01-09 14:20:41)</dc:description>
+  <dc:title>Literature Export 2026-01-11 20:52:57</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-01-11 20:52:57)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>