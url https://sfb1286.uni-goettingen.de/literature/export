--- v6 (2026-01-11)
+++ v7 (2026-02-02)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2026-01-11 20:52:57</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2026-01-11 20:52:57)</dc:description>
+  <dc:title>Literature Export 2026-02-02 14:09:25</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-02-02 14:09:25)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>