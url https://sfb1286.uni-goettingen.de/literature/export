--- v7 (2026-02-02)
+++ v8 (2026-02-02)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2026-02-02 14:09:25</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2026-02-02 14:09:25)</dc:description>
+  <dc:title>Literature Export 2026-02-02 22:10:38</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-02-02 22:10:38)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>