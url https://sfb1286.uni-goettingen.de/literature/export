--- v8 (2026-02-02)
+++ v9 (2026-02-03)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2026-02-02 22:10:38</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2026-02-02 22:10:38)</dc:description>
+  <dc:title>Literature Export 2026-02-03 21:22:50</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-02-03 21:22:50)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>