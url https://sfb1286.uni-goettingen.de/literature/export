--- v9 (2026-02-03)
+++ v10 (2026-02-25)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2026-02-03 21:22:50</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2026-02-03 21:22:50)</dc:description>
+  <dc:title>Literature Export 2026-02-25 03:04:29</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-02-25 03:04:29)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>