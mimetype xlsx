--- v10 (2026-02-25)
+++ v11 (2026-02-25)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2026-02-25 03:04:29</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2026-02-25 03:04:29)</dc:description>
+  <dc:title>Literature Export 2026-02-25 04:07:37</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-02-25 04:07:37)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>