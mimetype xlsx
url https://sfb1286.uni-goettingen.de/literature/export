--- v11 (2026-02-25)
+++ v12 (2026-03-18)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2026-02-25 04:07:37</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2026-02-25 04:07:37)</dc:description>
+  <dc:title>Literature Export 2026-03-18 07:11:26</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-03-18 07:11:26)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>