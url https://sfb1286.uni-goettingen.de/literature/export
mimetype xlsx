--- v12 (2026-03-18)
+++ v13 (2026-03-19)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2026-03-18 07:11:26</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2026-03-18 07:11:26)</dc:description>
+  <dc:title>Literature Export 2026-03-20 00:35:00</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-03-20 00:35:00)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>